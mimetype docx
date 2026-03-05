--- v0 (2026-01-12)
+++ v1 (2026-03-05)
@@ -1,3654 +1,2704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="14534D0C" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="007E08FE" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="007E08FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TERMO DE ENTREGA DA DISSERTAÇÃO OU TESE A BIBLIOTECA CENTRAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="00837F0D">
+    <w:p w14:paraId="5ABF935C" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...74 lines deleted...]
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="00837F0D">
+    <w:p w14:paraId="15AAF84D" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:smallCaps/>
+        <w:t>Procedimentos a serem observados quando do encaminhamento das Dissertações e Teses à Biblioteca Digital da UEL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B046841" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00AC7316" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Procedimentos a ser</w:t>
-[...22 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="5320797D" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="008D5EA1" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Considerando a Instrução de Serviço Conjunta PROPPG/BC nº 006/2008 referente aos procedimentos administrativos para encaminhamento das dissertações e teses defendidas pelos estudantes concluintes dos programas de pós-graduação.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="1FE199E9" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="008D5EA1" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Considerando a necessidade de dar agilidade na publicação junto à Biblioteca Digital da UEL (BDTD-UEL).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="2CDA4FE5" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="008D5EA1" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>O Sistema Bibliotecas apresenta abaixo alguns procedimentos que deverão ser observados e entregues juntamente com a cópia do trabalho impresso, do arquivo eletrônico e do termo de autorização para publicação, nas Secretarias de Pós-Graduação dos Centros de Estudos, para posterior encaminhamento à Biblioteca Central.</w:t>
+        <w:t xml:space="preserve">O Sistema Bibliotecas apresenta abaixo alguns procedimentos que deverão ser observados </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e entregues juntamente com a cópia do trabalho impresso, do arquivo eletrônico e do termo de autorização para publicação,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Secretarias de Pós-Graduação dos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5EA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e Estudos, para posterior encaminhamento à Biblioteca Central.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="00837F0D">
+    <w:p w14:paraId="4E37CC46" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00AC7316" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60"/>
         <w:ind w:left="480" w:hanging="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="4DA4693A" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
-        <w:pBdr>
-[...7 lines deleted...]
-        <w:ind w:left="336" w:hanging="283"/>
+        <w:pStyle w:val="Recuodecorpodetexto"/>
+        <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A67069B" wp14:editId="0D7554A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>22225</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="12065" r="6985" b="6985"/>
                 <wp:wrapNone/>
-                <wp:docPr id="6" name="Retângulo 6"/>
+                <wp:docPr id="10" name="Retângulo 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="3ECC17E6" id="Retângulo 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.75pt;width:12pt;height:9pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQAOyFcg&#10;2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOUIghxKgQqEsc2vXDb&#10;xEsSiNdR7LSBr2c50dNoNKuZt/lmdr060hg6zwaWiwQUce1tx42BQ7m9uQcVIrLF3jMZ+KYAm+Ly&#10;IsfM+hPv6LiPjZISDhkaaGMcMq1D3ZLDsPADsWQffnQYxY6NtiOepNz1Ok2SO+2wY1locaDnluqv&#10;/eQMVF16wJ9d+Zq4h+0qvs3l5/T+Ysz11fz0CCrSHP+P4Q9f0KEQpspPbIPqDcgj0cBqDUrC9FZs&#10;Jbpcgy5yfQ5f/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg5f6ACAIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAOyFcg2gAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Última versão da Dissertação ou Tese com as correções e contribuições sugeridas pela banca examinadora e assinatura do orientador.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="3765C112" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...68 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="693D7D88" wp14:editId="7705B5B3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="13335" r="6985" b="5715"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Retângulo 1"/>
+                <wp:docPr id="9" name="Retângulo 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="2766CBA8" id="Retângulo 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.2pt;width:12pt;height:9pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQA9MTLL&#10;2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4tIjFKWxmhq4rGlF28D&#10;OwWUnSXs0qK/3vGkp5eXN3nvm2KzuEGdaAq9ZwO3qwQUceNtz62BQ7W9eQAVIrLFwTMZ+KIAm/Ly&#10;osDc+jPv6LSPrZISDjka6GIcc61D05HDsPIjsWRHPzmMYqdW2wnPUu4GnSbJvXbYsyx0ONJzR83n&#10;fnYG6j494Peuek3c4/Yuvi3Vx/z+Ysz11fK0BhVpiX/H8Isv6FAKU+1ntkENBuSRaCDLQEmYZmJr&#10;0TQDXRb6P3z5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGDl/oAIAgAAFQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD0xMsvZAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arquivo eletrônico único da Dissertação ou Tese em formato </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rtf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="55AC91B3" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...56 lines deleted...]
-          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3118986D" wp14:editId="179C65F1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="9525" r="6985" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Retângulo 2"/>
+                <wp:docPr id="8" name="Retângulo 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="6FFC4EC3" id="Retângulo 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.2pt;width:12pt;height:9pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQA9MTLL&#10;2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4tIjFKWxmhq4rGlF28D&#10;OwWUnSXs0qK/3vGkp5eXN3nvm2KzuEGdaAq9ZwO3qwQUceNtz62BQ7W9eQAVIrLFwTMZ+KIAm/Ly&#10;osDc+jPv6LSPrZISDjka6GIcc61D05HDsPIjsWRHPzmMYqdW2wnPUu4GnSbJvXbYsyx0ONJzR83n&#10;fnYG6j494Peuek3c4/Yuvi3Vx/z+Ysz11fK0BhVpiX/H8Isv6FAKU+1ntkENBuSRaCDLQEmYZmJr&#10;0TQDXRb6P3z5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGDl/oAIAgAAFQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD0xMsvZAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contém</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">os elementos obrigatórios das páginas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pré</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-textuais: capa, folha de rosto, ficha catalográfica, folha de aprovação com assinatura do orientador, sumário e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esumo na língua vernácula e língua inglesa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="585E68C7" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65FF87F2" wp14:editId="170F2E00">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="8890" r="6985" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Retângulo 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="541FAFC8" id="Retângulo 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.05pt;width:12pt;height:9pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQDt+Lyy&#10;2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swvYGEWWxmhq4rGlF28D&#10;OwLKzhJ2adFf73iyp5eXN3nvm2KzuEEdaQq9ZwPpKgFF3Hjbc2vgUG1v7kGFiGxx8EwGvinApry8&#10;KDC3/sQ7Ou5jq6SEQ44GuhjHXOvQdOQwrPxILNmHnxxGsVOr7YQnKXeDzpLkTjvsWRY6HOm5o+Zr&#10;PzsDdZ8d8GdXvSbuYXsb35bqc35/Meb6anl6BBVpif/H8Icv6FAKU+1ntkENBuSRaGCdgpIwW4ut&#10;RbMUdFnoc/jyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGDl/oAIAgAAFQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO34vLLZAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apresenta referência bibliográfica em língua vernácula e língua inglesa, precedendo resumo e o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="38E67196" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C647CBC" wp14:editId="7611FDC1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="7620" r="6985" b="11430"/>
                 <wp:wrapNone/>
-                <wp:docPr id="8" name="Retângulo 8"/>
+                <wp:docPr id="6" name="Retângulo 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="03C5E580" id="Retângulo 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.05pt;width:12pt;height:9pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQDt+Lyy&#10;2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swvYGEWWxmhq4rGlF28D&#10;OwLKzhJ2adFf73iyp5eXN3nvm2KzuEEdaQq9ZwPpKgFF3Hjbc2vgUG1v7kGFiGxx8EwGvinApry8&#10;KDC3/sQ7Ou5jq6SEQ44GuhjHXOvQdOQwrPxILNmHnxxGsVOr7YQnKXeDzpLkTjvsWRY6HOm5o+Zr&#10;PzsDdZ8d8GdXvSbuYXsb35bqc35/Meb6anl6BBVpif/H8Icv6FAKU+1ntkENBuSRaGCdgpIwW4ut&#10;RbMUdFnoc/jyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGDl/oAIAgAAFQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO34vLLZAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contém todos os anexos digitalizados.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="7BA0526B" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B40BD91" wp14:editId="6DB51F3E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27305</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="11430" r="6985" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Retângulo 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="2A751792" id="Retângulo 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:2.15pt;width:12pt;height:9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQDN10WC&#10;2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4vQGEWWxmhq4rGlF28D&#10;OwLKzhJ2adFf73iyp5eXN3nvm2KzuEEdaQq9ZwO3qwQUceNtz62BQ7W9uQcVIrLFwTMZ+KYAm/Ly&#10;osDc+hPv6LiPrZISDjka6GIcc61D05HDsPIjsWQffnIYxU6tthOepNwNOk2SO+2wZ1nocKTnjpqv&#10;/ewM1H16wJ9d9Zq4h20W35bqc35/Meb6anl6BBVpif/H8Icv6FAKU+1ntkENBuSRaGCdgZIwXYut&#10;RdMMdFnoc/jyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGDl/oAIAgAAFQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM3XRYLZAAAABAEAAA8A&#10;AAAAAAAAAAAAAAAAYgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Apresenta a lista de referências ao final do trabalho.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="5086C549" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
+        <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="587C76DF" wp14:editId="39E931D6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>22860</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="10160" r="6985" b="8890"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Retângulo 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
-[...39 lines deleted...]
-            </w:drawing>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="78AC4B9A" id="Retângulo 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.8pt;width:12pt;height:9pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQC+cNII&#10;2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0upIYosjdHUxGNLL94G&#10;dgSUnSXs0qK/3vGkp5eXN3nvm2K7uEGdaAq9ZwPrVQKKuPG259bAsdrd3IEKEdni4JkMfFGAbXl5&#10;UWBu/Zn3dDrEVkkJhxwNdDGOudah6chhWPmRWLJ3PzmMYqdW2wnPUu4GnSZJph32LAsdjvTUUfN5&#10;mJ2Buk+P+L2vXhJ3v9vE16X6mN+ejbm+Wh4fQEVa4t8x/OILOpTCVPuZbVCDAXkkGthkoCRMb8XW&#10;ousMdFno//DlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg5f6ACAIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC+cNII2gAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Segue as normas de referência e citação estabelecidas pelo programa de pós-graduação (ABNT, APA, VANCOUVER, IEEE e outras).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="5D4B6972" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
+        <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="336"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4229BD01" wp14:editId="5644962B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>22860</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="152400" cy="114300"/>
                 <wp:effectExtent l="12065" t="5715" r="6985" b="13335"/>
-                <wp:wrapNone/>
-[...365 lines deleted...]
-                <wp:effectExtent l="12065" t="8255" r="6985" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Retângulo 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="19F9E014" id="Retângulo 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.8pt;width:12pt;height:9pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQC+cNII&#10;2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0upIYosjdHUxGNLL94G&#10;dgSUnSXs0qK/3vGkp5eXN3nvm2K7uEGdaAq9ZwPrVQKKuPG259bAsdrd3IEKEdni4JkMfFGAbXl5&#10;UWBu/Zn3dDrEVkkJhxwNdDGOudah6chhWPmRWLJ3PzmMYqdW2wnPUu4GnSZJph32LAsdjvTUUfN5&#10;mJ2Buk+P+L2vXhJ3v9vE16X6mN+ejbm+Wh4fQEVa4t8x/OILOpTCVPuZbVCDAXkkGthkoCRMb8XW&#10;ousMdFno//DlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg5f6ACAIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC+cNII2gAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>O termo de autorização para publicação está assinado pelo autor e orientador.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311911C8" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="80"/>
+        <w:ind w:left="335"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2041E26A" wp14:editId="1A97BA7A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>24765</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="171450" cy="133350"/>
-                <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                <wp:extent cx="152400" cy="114300"/>
+                <wp:effectExtent l="12065" t="10160" r="6985" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name="image4.png"/>
-[...14 lines deleted...]
-                      <pic:spPr>
+                <wp:docPr id="2" name="Retângulo 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="171450" cy="133350"/>
+                          <a:ext cx="152400" cy="114300"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect"/>
-[...2 lines deleted...]
-                    </pic:pic>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="7645E62B" id="Retângulo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.95pt;width:12pt;height:9pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQDOKkGC&#10;2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0upMYIsjdHUxGNLL94G&#10;dgSUnSXs0qK/3vGkp5eXN3nvm2K7uEGdaAq9ZwPrVQKKuPG259bAsdrd3IMKEdni4JkMfFGAbXl5&#10;UWBu/Zn3dDrEVkkJhxwNdDGOudah6chhWPmRWLJ3PzmMYqdW2wnPUu4GnSbJnXbYsyx0ONJTR83n&#10;YXYG6j494ve+eklcttvE16X6mN+ejbm+Wh4fQEVa4t8x/OILOpTCVPuZbVCDAXkkGthkoCRMb8XW&#10;ousMdFno//DlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg5f6ACAIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDOKkGC2gAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;"/>
+            </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O termo de autorização para publicação está indicando a data em que o trabalho poderá ser publicado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enas uma das opções deve ser assinalada):</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="00837F0D">
+    <w:p w14:paraId="29CBF78E" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="709" w:hanging="374"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>imediatamente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E4CA85" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="709" w:hanging="374"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Data: ____/ ____/ _____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>definida pela Comissão Coordenadora do Programa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343A122E" w14:textId="38282BAD" w:rsidR="00CB6421" w:rsidRPr="00B247F2" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="336"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49D9961D" wp14:editId="3B60AE6D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>24765</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="152400" cy="114300"/>
+                <wp:effectExtent l="12065" t="8255" r="6985" b="10795"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Retângulo 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="152400" cy="114300"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="40638FF7" id="Retângulo 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:1.95pt;width:12pt;height:9pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg5f6ACAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhd2o6WrVpQhp&#10;WZAWPsB1nMTC8Zix27R8PWMn2y2XJ4QfrBnP+HjmzPHq5tgbdlDoNdiKF7OcM2Ul1Nq2Ff/6Zfvq&#10;ijMfhK2FAasqflKe36xfvlgNrlRz6MDUChmBWF8OruJdCK7MMi871Qs/A6csBRvAXgRysc1qFAOh&#10;9yab5/mbbACsHYJU3tPp3Rjk64TfNEqGT03jVWCm4lRbSDumfRf3bL0SZYvCdVpOZYh/qKIX2tKj&#10;Z6g7EQTbo/4DqtcSwUMTZhL6DJpGS5V6oG6K/LduHjvhVOqFyPHuTJP/f7Dy4fDoPmMs3bt7kN88&#10;s7DphG3VLSIMnRI1PVdEorLB+fJ8ITqerrLd8BFqGq3YB0gcHBvsIyB1x46J6tOZanUMTNJhsZwv&#10;chqIpFBRLF6THV8Q5dNlhz68V9CzaFQcaZIJXBzufRhTn1JS8WB0vdXGJAfb3cYgOwia+jatCd1f&#10;phnLhopfL+fLhPxLzF9C5Gn9DaLXgeRrdF/xq3OSKCNr72ydxBWENqNN3Rk70RiZiyL15Q7qE7GI&#10;MGqT/hIZHeAPzgbSZcX9971AxZn5YGkS18ViEYWcnMXy7ZwcvIzsLiPCSoKqeOBsNDdhFP/eoW47&#10;eqlIvVu4pek1OjH7XNVULGkvzWb6J1Hcl37Kev7N658AAAD//wMAUEsDBBQABgAIAAAAIQDOKkGC&#10;2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0upMYIsjdHUxGNLL94G&#10;dgSUnSXs0qK/3vGkp5eXN3nvm2K7uEGdaAq9ZwPrVQKKuPG259bAsdrd3IMKEdni4JkMfFGAbXl5&#10;UWBu/Zn3dDrEVkkJhxwNdDGOudah6chhWPmRWLJ3PzmMYqdW2wnPUu4GnSbJnXbYsyx0ONJTR83n&#10;YXYG6j494ve+eklcttvE16X6mN+ejbm+Wh4fQEVa4t8x/OILOpTCVPuZbVCDAXkkGthkoCRMb8XW&#10;ousMdFno//DlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg5f6ACAIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDOKkGC2gAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAGIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para os programas de </w:t>
+      </w:r>
+      <w:r w:rsidR="00481CF8" w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pós-graduação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que recomendam como requisito a apresentação de mais de 1 (um) artigo científico, apresenta o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Resumo na língua vernácula e língua inglesa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B247F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>do trabalho como um todo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D83B97" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="008F72E9" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:ind w:left="335"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+    <w:p w14:paraId="2C72D145" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00BE4058" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        </w:pBdr>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:after="60"/>
         <w:ind w:left="224" w:hanging="224"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BE4058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE4058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>É importante ressaltar que a BIBLIOTECA CENTRAL devolverá as dissertações e teses que não atenderem, integralmente, aos itens acima discriminados.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="00837F0D">
+    <w:p w14:paraId="7AB99B46" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="008F72E9" w:rsidRDefault="00CB6421" w:rsidP="00CB6421">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a0"/>
-[...3 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4644"/>
-        <w:gridCol w:w="4568"/>
+        <w:gridCol w:w="4286"/>
+        <w:gridCol w:w="4427"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00837F0D">
+      <w:tr w:rsidR="00CB6421" w:rsidRPr="00344833" w14:paraId="7CA0E3D2" w14:textId="77777777" w:rsidTr="00481CF8">
+        <w:trPr>
+          <w:trHeight w:val="301"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:tcW w:w="4277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+          <w:p w14:paraId="3D86B9FA" w14:textId="0ABC30B3" w:rsidR="00CB6421" w:rsidRPr="000F6E57" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:right="176"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="749974DF" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:ind w:right="176"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>____________________________________</w:t>
+            <w:r w:rsidRPr="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Aluno </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00182299" w:rsidRPr="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Nome do aluno</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+          <w:p w14:paraId="3E259309" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00344833" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:right="176"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00344833">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assinatura</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Assinatura do Aluno</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Aluno_Trat_Masc_Fem </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005A79DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00344833">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Alun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Aluno_Trat_Masc_Fem </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005A79DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4568" w:type="dxa"/>
+            <w:tcW w:w="4306" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+          <w:p w14:paraId="42869C35" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="000F6E57" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="317"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41237239" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:ind w:left="356"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182299">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00182299">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Orientador </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00182299">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00182299">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prof. Dr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182299">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00182299" w:rsidRPr="00182299">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Nome do orientador</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E1CDCD" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00344833" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:ind w:left="356"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344833">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assinatura </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Orientador_Trat_Masc_Fem </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005A79DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00182299" w:rsidRPr="00344833">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Orientador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6421" w:rsidRPr="00344833" w14:paraId="00C5137A" w14:textId="77777777" w:rsidTr="00481CF8">
+        <w:trPr>
+          <w:trHeight w:val="604"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8583" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4350F1E4" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="000F6E57" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="135C8263" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="000F6E57" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F02B92D" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="000F6E57" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0686C972" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="000F6E57" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
+            <w:pPr>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>___________________________________</w:t>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Coordenador </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00362CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prof(a)</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00362CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00362CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00362CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(a). _____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
-[...50 lines deleted...]
-          <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+          <w:p w14:paraId="7BEAC293" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRDefault="00CB6421" w:rsidP="00362CF9">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>_________________________________________</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD Coord_Qndo_Vice_Preencher_Vice_ </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="000F6E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Coordenador</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2F79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00362CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">do Programa </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
+          <w:p w14:paraId="78376906" w14:textId="77777777" w:rsidR="00CB6421" w:rsidRPr="00344833" w:rsidRDefault="00CB6421" w:rsidP="00C36460">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...37 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="00837F0D">
+    <w:p w14:paraId="148917E9" w14:textId="136858B8" w:rsidR="00756B06" w:rsidRPr="00756B06" w:rsidRDefault="00756B06" w:rsidP="00481CF8">
       <w:pPr>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-        </w:sectPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00837F0D" w:rsidRDefault="006C4315">
-[...1289 lines deleted...]
-      <w:pgSz w:w="11907" w:h="16840"/>
+    <w:sectPr w:rsidR="00756B06" w:rsidRPr="00756B06" w:rsidSect="006825A9">
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:cols w:space="720" w:equalWidth="0">
-[...1 lines deleted...]
-      </w:cols>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5C8297EC" w14:textId="77777777" w:rsidR="00B20385" w:rsidRDefault="00B20385">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="59C5D836" w14:textId="77777777" w:rsidR="00B20385" w:rsidRDefault="00B20385">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2956BD9B" w14:textId="77777777" w:rsidR="00B20385" w:rsidRDefault="00B20385">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="529B5A0E" w14:textId="77777777" w:rsidR="00B20385" w:rsidRDefault="00B20385">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00837F0D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00837F0D"/>
+    <w:rsidRoot w:val="007C1775"/>
+    <w:rsid w:val="00023A27"/>
+    <w:rsid w:val="000D616E"/>
+    <w:rsid w:val="00182299"/>
+    <w:rsid w:val="001D7CFE"/>
+    <w:rsid w:val="00241B83"/>
+    <w:rsid w:val="002B1D0F"/>
+    <w:rsid w:val="00362CF9"/>
+    <w:rsid w:val="00481CF8"/>
+    <w:rsid w:val="00527ABE"/>
+    <w:rsid w:val="005A2F79"/>
+    <w:rsid w:val="00756B06"/>
+    <w:rsid w:val="007C1775"/>
+    <w:rsid w:val="00B20385"/>
+    <w:rsid w:val="00B223DD"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:rsid w:val="00F26C7D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{568024E1-30E3-EB4F-8D84-220D71FEF1EC}"/>
+  <w14:docId w14:val="62B80F3C"/>
+  <w15:docId w15:val="{7ADE9D3E-8707-4000-A11E-D3148449E355}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3673,51 +2723,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3890,439 +2940,420 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...5 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="00CB6421"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...100 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...11 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...1 lines deleted...]
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007C1775"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="72"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subttulo">
-    <w:name w:val="Subtitle"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="cp">
+    <w:name w:val="cp"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...1 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="007C1775"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-[...3 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-[...10 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
-[...10 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="Recuodecorpodetexto">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RecuodecorpodetextoChar"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RecuodecorpodetextoChar">
+    <w:name w:val="Recuo de corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Recuodecorpodetexto"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpodetexto">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpodetextoChar"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
+    <w:name w:val="Corpo de texto Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodetexto"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:rsid w:val="00CB6421"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1714573451">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="644820050">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bibliotecadigital.uel.br" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bibliotecadigital.uel.br" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Escritório">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Escritório">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -4400,114 +3431,75 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6862</Characters>
+  <Pages>1</Pages>
+  <Words>430</Words>
+  <Characters>2322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8116</CharactersWithSpaces>
+  <CharactersWithSpaces>2747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ELIANE CLEIDE DA SILVA CZERNISZ</dc:creator>
+  <dc:creator>ANDERSON PEREIRA DO NASCIMENTO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>